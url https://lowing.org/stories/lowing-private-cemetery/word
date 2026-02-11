--- v0 (2026-01-21)
+++ v1 (2026-02-11)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Lowing Private Cemetery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Date: January 20, 2026</w:t>
+        <w:t>Date: January 31, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Author: Site Administrator</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>────────────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Preview</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Information about the Lowing Private Cemetery at Bauer Road and 28th Avenue in Georgetown Township, Ottawa County, Michigan.</w:t>
       </w:r>
     </w:p>
@@ -86,51 +86,51 @@
     <w:p>
       <w:r>
         <w:t>The story goes that there were two of the Lowing brothers who owned land next to each other. One wanted to put a road through to the river and the other did not, so he set aside land for a cemetery to block the proposed road.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t>This small family cemetery contains the graves of early Lowing family settlers in Michigan and serves as an important historical site for family genealogical research.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t>Visiting</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t>The cemetery is on private property. Please contact the Foundation before visiting to arrange access.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Source: http://lowing.org/stories/lowing-private-cemetery</w:t>
+        <w:t>Source: https://lowing.org/stories/lowing-private-cemetery</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="Heading 2"/>
     <w:basedOn w:val="Normal"/>