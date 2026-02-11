--- v0 (2026-01-21)
+++ v1 (2026-02-11)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>About</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Date: January 20, 2026</w:t>
+        <w:t>Date: January 31, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Author: Site Administrator</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>────────────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Preview</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Learn about the Lowing Foundation, our mission, and how to get involved.</w:t>
       </w:r>
     </w:p>
@@ -129,51 +129,51 @@
     <w:p/>
     <w:p>
       <w:r>
         <w:t>• Organize family events and reunions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>• </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t>Contact Us</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t>Interested in learning more or contributing to our research? Please visit our contact page.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>Source: http://lowing.org/stories/about</w:t>
+        <w:t>Source: https://lowing.org/stories/about</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="Heading 2"/>
     <w:basedOn w:val="Normal"/>